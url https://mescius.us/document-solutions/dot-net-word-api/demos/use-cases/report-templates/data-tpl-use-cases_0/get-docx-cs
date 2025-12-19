--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="4039565557152305674"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="4766996248500621455"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="4039565557152305674"/>
+      <w:bookmarkEnd w:id="4766996248500621455"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="9679337393523063647"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="9981609864085337284"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9679337393523063647"/>
+      <w:bookmarkEnd w:id="9981609864085337284"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Raecdeb312fb749a1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R5c97bf1c047f4e1b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rdfda18e4b99f4fd3">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rdf798f8d725745f5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Raecdeb312fb749a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rdfda18e4b99f4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R5c97bf1c047f4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rdf798f8d725745f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>