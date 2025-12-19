--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="4B5062"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85 Grayhawk Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5911" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="60" w:line="225" w:lineRule="exact"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="R8b3862ee6c6d46a1">
+            <w:hyperlink r:id="R85ccc24c257b47e7">
               <w:r>
                 <w:rPr>
                   <w:color w:val="4B5062"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>aibrahim@example.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="269" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="25" w:line="225" w:lineRule="exact"/>
               <w:rPr>
@@ -6142,51 +6142,51 @@
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="738216464">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aibrahim@example.com" TargetMode="External" Id="R8b3862ee6c6d46a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aibrahim@example.com" TargetMode="External" Id="R85ccc24c257b47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>