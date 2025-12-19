--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -346,51 +346,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="4B5062"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85 Grayhawk Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5911" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="60" w:line="225" w:lineRule="exact"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="R85ccc24c257b47e7">
+            <w:hyperlink r:id="R78cd5b5d0d4a4331">
               <w:r>
                 <w:rPr>
                   <w:color w:val="4B5062"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>aibrahim@example.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="269" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4585" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="25" w:line="225" w:lineRule="exact"/>
               <w:rPr>
@@ -6142,51 +6142,51 @@
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="738216464">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aibrahim@example.com" TargetMode="External" Id="R85ccc24c257b47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aibrahim@example.com" TargetMode="External" Id="R78cd5b5d0d4a4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>