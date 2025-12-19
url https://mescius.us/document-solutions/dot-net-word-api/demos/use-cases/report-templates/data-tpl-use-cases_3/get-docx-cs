--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="16732638580572396593"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="10202713160887841444"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="16732638580572396593"/>
+            <w:bookmarkEnd w:id="10202713160887841444"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="16380673063671973547"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="13996773867479765102"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="16380673063671973547"/>
+            <w:bookmarkEnd w:id="13996773867479765102"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>